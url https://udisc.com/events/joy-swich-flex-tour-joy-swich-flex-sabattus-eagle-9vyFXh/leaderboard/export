--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -892,51 +892,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>FLX</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Steve Arsenault</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>68</v>
       </c>
       <c r="G6">
         <v>149256</v>
       </c>
       <c r="H6" t="str">
-        <v>stvnrsnlt</v>
+        <v>goodfellow</v>
       </c>
       <c r="I6">
         <v>-4</v>
       </c>
       <c r="J6">
         <v>68</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>5</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>5</v>
       </c>