--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -777,51 +777,51 @@
       </c>
       <c r="AH3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>OPEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Puttimestarit</v>
       </c>
       <c r="E4">
         <v>-14</v>
       </c>
       <c r="F4">
         <v>68</v>
       </c>
       <c r="H4" t="str">
-        <v>sipoonmcbeth,oeerasse009</v>
+        <v>oeerasse009,sipoonmcbeth</v>
       </c>
       <c r="I4">
         <v>-14</v>
       </c>
       <c r="J4">
         <v>68</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -979,51 +979,51 @@
       </c>
       <c r="AH5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>OPEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Seniori &amp; Juniori</v>
       </c>
       <c r="E6">
         <v>-13</v>
       </c>
       <c r="F6">
         <v>69</v>
       </c>
       <c r="H6" t="str">
-        <v>eemelikuosmanen,aapeli</v>
+        <v>aapeli,eemelikuosmanen</v>
       </c>
       <c r="I6">
         <v>-13</v>
       </c>
       <c r="J6">
         <v>69</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
@@ -1181,51 +1181,51 @@
       </c>
       <c r="AH7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>OPEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Malminiityn mukiinheittäjät</v>
       </c>
       <c r="E8">
         <v>-11</v>
       </c>
       <c r="F8">
         <v>71</v>
       </c>
       <c r="H8" t="str">
-        <v>sambugaro,eekakolhi</v>
+        <v>eekakolhi,sambugaro</v>
       </c>
       <c r="I8">
         <v>-11</v>
       </c>
       <c r="J8">
         <v>71</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -1787,51 +1787,51 @@
       </c>
       <c r="AH13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>OPEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>ANTSAA HYSSESSÄ</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>80</v>
       </c>
       <c r="H14" t="str">
-        <v>koistine,santerir</v>
+        <v>santerir,koistine</v>
       </c>
       <c r="I14">
         <v>-2</v>
       </c>
       <c r="J14">
         <v>80</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
@@ -2090,51 +2090,51 @@
       </c>
       <c r="AH16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>OPEN</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
         <v>Fat Badgers</v>
       </c>
       <c r="E17">
         <v>-1</v>
       </c>
       <c r="F17">
         <v>81</v>
       </c>
       <c r="H17" t="str">
-        <v>solitude833,pihlajaviita</v>
+        <v>pihlajaviita,solitude833</v>
       </c>
       <c r="I17">
         <v>-1</v>
       </c>
       <c r="J17">
         <v>81</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>5</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>
@@ -2393,51 +2393,51 @@
       </c>
       <c r="AH19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>OPEN</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>2005 Dennis Rodman</v>
       </c>
       <c r="E20">
         <v>7</v>
       </c>
       <c r="F20">
         <v>89</v>
       </c>
       <c r="H20" t="str">
-        <v>nooasuominen,gregorkukk</v>
+        <v>gregorkukk,nooasuominen</v>
       </c>
       <c r="I20">
         <v>7</v>
       </c>
       <c r="J20">
         <v>89</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
         <v>5</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
@@ -2494,51 +2494,51 @@
       </c>
       <c r="AH20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MASTER</v>
       </c>
       <c r="B21" t="str">
         <v>T1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Pakko yrittää</v>
       </c>
       <c r="E21">
         <v>-11</v>
       </c>
       <c r="F21">
         <v>71</v>
       </c>
       <c r="H21" t="str">
-        <v>eetuha,rekkujekku</v>
+        <v>rekkujekku,eetuha</v>
       </c>
       <c r="I21">
         <v>-11</v>
       </c>
       <c r="J21">
         <v>71</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>
@@ -2595,51 +2595,51 @@
       </c>
       <c r="AH21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MASTER</v>
       </c>
       <c r="B22" t="str">
         <v>T1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
         <v>Words champs</v>
       </c>
       <c r="E22">
         <v>-11</v>
       </c>
       <c r="F22">
         <v>71</v>
       </c>
       <c r="H22" t="str">
-        <v>anterorouh,kolli8</v>
+        <v>kolli8,anterorouh</v>
       </c>
       <c r="I22">
         <v>-11</v>
       </c>
       <c r="J22">
         <v>71</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
@@ -2999,51 +2999,51 @@
       </c>
       <c r="AH25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MIXED</v>
       </c>
       <c r="B26" t="str">
         <v>1</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26" t="str">
         <v>DGC Käikäle edustus</v>
       </c>
       <c r="E26">
         <v>-7</v>
       </c>
       <c r="F26">
         <v>75</v>
       </c>
       <c r="H26" t="str">
-        <v>zonzon,santsukka</v>
+        <v>santsukka,zonzon</v>
       </c>
       <c r="I26">
         <v>-7</v>
       </c>
       <c r="J26">
         <v>75</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>2</v>
       </c>
@@ -3201,51 +3201,51 @@
       </c>
       <c r="AH27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MIXED</v>
       </c>
       <c r="B28" t="str">
         <v>3</v>
       </c>
       <c r="C28">
         <v>3</v>
       </c>
       <c r="D28" t="str">
         <v>Metsän madot</v>
       </c>
       <c r="E28">
         <v>9</v>
       </c>
       <c r="F28">
         <v>91</v>
       </c>
       <c r="H28" t="str">
-        <v>ah1989,nikokontkanen</v>
+        <v>nikokontkanen,ah1989</v>
       </c>
       <c r="I28">
         <v>9</v>
       </c>
       <c r="J28">
         <v>91</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>5</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>