--- v0 (2025-12-17)
+++ v1 (2026-02-17)
@@ -4549,51 +4549,51 @@
       <c r="D43">
         <v>1</v>
       </c>
       <c r="E43" t="str">
         <v>MA2</v>
       </c>
       <c r="F43" t="str">
         <v>T9</v>
       </c>
       <c r="G43">
         <v>9</v>
       </c>
       <c r="H43" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I43">
         <v>2</v>
       </c>
       <c r="J43">
         <v>62</v>
       </c>
       <c r="K43">
         <v>300223</v>
       </c>
       <c r="L43" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M43">
         <v>2</v>
       </c>
       <c r="N43">
         <v>62</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
         <v>4</v>
       </c>
       <c r="T43">
         <v>4</v>
       </c>