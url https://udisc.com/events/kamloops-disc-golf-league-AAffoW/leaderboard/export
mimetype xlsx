--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -3090,50 +3090,53 @@
       </c>
       <c r="C28">
         <v>-2</v>
       </c>
       <c r="D28">
         <v>4</v>
       </c>
       <c r="E28" t="str">
         <v>MPO</v>
       </c>
       <c r="F28" t="str">
         <v>T8</v>
       </c>
       <c r="G28">
         <v>8</v>
       </c>
       <c r="H28" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I28">
         <v>-6</v>
       </c>
       <c r="J28">
         <v>54</v>
       </c>
+      <c r="K28">
+        <v>209713</v>
+      </c>
       <c r="L28" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M28">
         <v>-6</v>
       </c>
       <c r="N28">
         <v>54</v>
       </c>
       <c r="O28">
         <v>2</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
         <v>2</v>
       </c>
       <c r="S28">
         <v>2</v>
       </c>
       <c r="T28">