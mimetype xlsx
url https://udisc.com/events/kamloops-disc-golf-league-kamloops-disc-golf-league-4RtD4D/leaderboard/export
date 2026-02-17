--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -2904,51 +2904,51 @@
       <c r="D26">
         <v>1</v>
       </c>
       <c r="E26" t="str">
         <v>MA2</v>
       </c>
       <c r="F26" t="str">
         <v>T2</v>
       </c>
       <c r="G26">
         <v>2</v>
       </c>
       <c r="H26" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I26">
         <v>4</v>
       </c>
       <c r="J26">
         <v>64</v>
       </c>
       <c r="K26">
         <v>300223</v>
       </c>
       <c r="L26" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>64</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">
         <v>4</v>
       </c>
       <c r="Q26">
         <v>4</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>