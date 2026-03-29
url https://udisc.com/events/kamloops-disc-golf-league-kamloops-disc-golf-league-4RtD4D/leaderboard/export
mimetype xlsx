--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -3387,50 +3387,53 @@
       </c>
       <c r="C31">
         <v>7</v>
       </c>
       <c r="D31">
         <v>5</v>
       </c>
       <c r="E31" t="str">
         <v>MPO</v>
       </c>
       <c r="F31" t="str">
         <v>T9</v>
       </c>
       <c r="G31">
         <v>9</v>
       </c>
       <c r="H31" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I31">
         <v>2</v>
       </c>
       <c r="J31">
         <v>62</v>
       </c>
+      <c r="K31">
+        <v>209713</v>
+      </c>
       <c r="L31" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M31">
         <v>2</v>
       </c>
       <c r="N31">
         <v>62</v>
       </c>
       <c r="O31">
         <v>2</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">