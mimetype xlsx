--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -582,51 +582,51 @@
       <c r="D2">
         <v>-6</v>
       </c>
       <c r="E2" t="str">
         <v>MA2</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
       <c r="K2">
         <v>300223</v>
       </c>
       <c r="L2" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M2">
         <v>-3</v>
       </c>
       <c r="N2">
         <v>53</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>