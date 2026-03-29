--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -2226,50 +2226,53 @@
       </c>
       <c r="C19">
         <v>-1</v>
       </c>
       <c r="D19">
         <v>2</v>
       </c>
       <c r="E19" t="str">
         <v>MPO</v>
       </c>
       <c r="F19" t="str">
         <v>T6</v>
       </c>
       <c r="G19">
         <v>6</v>
       </c>
       <c r="H19" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I19">
         <v>-3</v>
       </c>
       <c r="J19">
         <v>53</v>
       </c>
+      <c r="K19">
+        <v>209713</v>
+      </c>
       <c r="L19" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M19">
         <v>-3</v>
       </c>
       <c r="N19">
         <v>53</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>5</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
         <v>5</v>
       </c>
       <c r="T19">