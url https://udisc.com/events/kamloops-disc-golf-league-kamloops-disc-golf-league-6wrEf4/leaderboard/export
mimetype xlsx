--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -3764,52 +3764,55 @@
       </c>
       <c r="C35">
         <v>5</v>
       </c>
       <c r="D35">
         <v>2</v>
       </c>
       <c r="E35" t="str">
         <v>MA1</v>
       </c>
       <c r="F35" t="str">
         <v>3</v>
       </c>
       <c r="G35">
         <v>3</v>
       </c>
       <c r="H35" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I35">
         <v>3</v>
       </c>
       <c r="J35">
         <v>59</v>
       </c>
+      <c r="K35">
+        <v>214218</v>
+      </c>
       <c r="L35" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>59</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
         <v>5</v>
       </c>
       <c r="R35">
         <v>4</v>
       </c>
       <c r="S35">
         <v>4</v>
       </c>
       <c r="T35">
         <v>3</v>
       </c>
@@ -3863,51 +3866,51 @@
       <c r="D36">
         <v>-2</v>
       </c>
       <c r="E36" t="str">
         <v>MA2</v>
       </c>
       <c r="F36" t="str">
         <v>7</v>
       </c>
       <c r="G36">
         <v>7</v>
       </c>
       <c r="H36" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I36">
         <v>7</v>
       </c>
       <c r="J36">
         <v>63</v>
       </c>
       <c r="K36">
         <v>300223</v>
       </c>
       <c r="L36" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M36">
         <v>7</v>
       </c>
       <c r="N36">
         <v>63</v>
       </c>
       <c r="O36">
         <v>5</v>
       </c>
       <c r="P36">
         <v>2</v>
       </c>
       <c r="Q36">
         <v>4</v>
       </c>
       <c r="R36">
         <v>2</v>
       </c>
       <c r="S36">
         <v>4</v>
       </c>
       <c r="T36">
         <v>4</v>
       </c>