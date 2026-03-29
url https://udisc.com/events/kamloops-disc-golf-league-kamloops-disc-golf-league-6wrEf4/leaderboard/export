--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -4156,50 +4156,53 @@
       </c>
       <c r="C39">
         <v>5</v>
       </c>
       <c r="D39">
         <v>-1</v>
       </c>
       <c r="E39" t="str">
         <v>MPO</v>
       </c>
       <c r="F39" t="str">
         <v>11</v>
       </c>
       <c r="G39">
         <v>11</v>
       </c>
       <c r="H39" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I39">
         <v>6</v>
       </c>
       <c r="J39">
         <v>62</v>
       </c>
+      <c r="K39">
+        <v>209713</v>
+      </c>
       <c r="L39" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M39">
         <v>6</v>
       </c>
       <c r="N39">
         <v>62</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>4</v>
       </c>
       <c r="Q39">
         <v>5</v>
       </c>
       <c r="R39">
         <v>5</v>
       </c>
       <c r="S39">
         <v>5</v>
       </c>
       <c r="T39">