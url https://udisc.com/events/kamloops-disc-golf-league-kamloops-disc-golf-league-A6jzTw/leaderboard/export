--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -1455,51 +1455,51 @@
       <c r="D11">
         <v>-2</v>
       </c>
       <c r="E11" t="str">
         <v>MA2</v>
       </c>
       <c r="F11" t="str">
         <v>T1</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="str">
         <v xml:space="preserve">Philipp Hofmann </v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11">
         <v>57</v>
       </c>
       <c r="K11">
         <v>216580</v>
       </c>
       <c r="L11" t="str">
-        <v>flyingdiscman22</v>
+        <v>philthebasket</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="N11">
         <v>57</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
@@ -3198,51 +3198,51 @@
       <c r="D29">
         <v>-2</v>
       </c>
       <c r="E29" t="str">
         <v>MA2</v>
       </c>
       <c r="F29" t="str">
         <v>4</v>
       </c>
       <c r="G29">
         <v>4</v>
       </c>
       <c r="H29" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I29">
         <v>3</v>
       </c>
       <c r="J29">
         <v>59</v>
       </c>
       <c r="K29">
         <v>300223</v>
       </c>
       <c r="L29" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>59</v>
       </c>
       <c r="O29">
         <v>2</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
         <v>5</v>
       </c>
       <c r="R29">
         <v>2</v>
       </c>
       <c r="S29">
         <v>4</v>
       </c>
       <c r="T29">
         <v>2</v>
       </c>
@@ -3779,52 +3779,55 @@
       </c>
       <c r="C35">
         <v>3</v>
       </c>
       <c r="D35">
         <v>4</v>
       </c>
       <c r="E35" t="str">
         <v>MA1</v>
       </c>
       <c r="F35" t="str">
         <v>3</v>
       </c>
       <c r="G35">
         <v>3</v>
       </c>
       <c r="H35" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I35">
         <v>-1</v>
       </c>
       <c r="J35">
         <v>55</v>
       </c>
+      <c r="K35">
+        <v>214218</v>
+      </c>
       <c r="L35" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M35">
         <v>-1</v>
       </c>
       <c r="N35">
         <v>55</v>
       </c>
       <c r="O35">
         <v>2</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
         <v>3</v>
       </c>
       <c r="R35">
         <v>4</v>
       </c>
       <c r="S35">
         <v>4</v>
       </c>
       <c r="T35">
         <v>3</v>
       </c>