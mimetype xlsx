--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -676,50 +676,53 @@
       </c>
       <c r="C3">
         <v>-6</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="str">
         <v>MPO</v>
       </c>
       <c r="F3" t="str">
         <v>T2</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I3">
         <v>-7</v>
       </c>
       <c r="J3">
         <v>49</v>
       </c>
+      <c r="K3">
+        <v>209713</v>
+      </c>
       <c r="L3" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M3">
         <v>-7</v>
       </c>
       <c r="N3">
         <v>49</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">