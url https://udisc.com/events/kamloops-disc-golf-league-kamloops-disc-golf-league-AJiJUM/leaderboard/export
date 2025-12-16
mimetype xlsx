--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -3865,52 +3865,55 @@
       </c>
       <c r="C36">
         <v>2</v>
       </c>
       <c r="D36">
         <v>4</v>
       </c>
       <c r="E36" t="str">
         <v>MA1</v>
       </c>
       <c r="F36" t="str">
         <v>6</v>
       </c>
       <c r="G36">
         <v>6</v>
       </c>
       <c r="H36" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I36">
         <v>-2</v>
       </c>
       <c r="J36">
         <v>54</v>
       </c>
+      <c r="K36">
+        <v>214218</v>
+      </c>
       <c r="L36" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M36">
         <v>-2</v>
       </c>
       <c r="N36">
         <v>54</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>2</v>
       </c>
       <c r="Q36">
         <v>4</v>
       </c>
       <c r="R36">
         <v>2</v>
       </c>
       <c r="S36">
         <v>4</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>