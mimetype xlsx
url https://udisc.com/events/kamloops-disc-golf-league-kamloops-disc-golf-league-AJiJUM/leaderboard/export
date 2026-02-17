--- v1 (2025-12-16)
+++ v2 (2026-02-17)
@@ -680,51 +680,51 @@
       <c r="D3">
         <v>-3</v>
       </c>
       <c r="E3" t="str">
         <v>MA2</v>
       </c>
       <c r="F3" t="str">
         <v>2</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I3">
         <v>-3</v>
       </c>
       <c r="J3">
         <v>53</v>
       </c>
       <c r="K3">
         <v>300223</v>
       </c>
       <c r="L3" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M3">
         <v>-3</v>
       </c>
       <c r="N3">
         <v>53</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>