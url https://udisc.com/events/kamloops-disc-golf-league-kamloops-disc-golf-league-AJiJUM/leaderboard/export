--- v2 (2026-02-17)
+++ v3 (2026-03-29)
@@ -2122,50 +2122,53 @@
       </c>
       <c r="C18">
         <v>-2</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18" t="str">
         <v>MPO</v>
       </c>
       <c r="F18" t="str">
         <v>T8</v>
       </c>
       <c r="G18">
         <v>8</v>
       </c>
       <c r="H18" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>54</v>
       </c>
+      <c r="K18">
+        <v>209713</v>
+      </c>
       <c r="L18" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M18">
         <v>-2</v>
       </c>
       <c r="N18">
         <v>54</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>4</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">