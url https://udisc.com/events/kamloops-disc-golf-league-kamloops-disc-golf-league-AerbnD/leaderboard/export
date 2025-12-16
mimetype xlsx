--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -1146,224 +1146,227 @@
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
         <v>5</v>
       </c>
       <c r="AF7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>T6</v>
       </c>
       <c r="B8">
         <v>6</v>
       </c>
       <c r="C8">
         <v>-5</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
       <c r="E8" t="str">
-        <v>MA40</v>
+        <v>MA1</v>
       </c>
       <c r="F8" t="str">
         <v>2</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
       <c r="H8" t="str">
-        <v>Bill Letcher</v>
+        <v>Ty Mohrmann</v>
       </c>
       <c r="I8">
         <v>-7</v>
       </c>
       <c r="J8">
         <v>49</v>
       </c>
+      <c r="K8">
+        <v>214218</v>
+      </c>
       <c r="L8" t="str">
-        <v>bill2k</v>
+        <v>tymohdg</v>
       </c>
       <c r="M8">
         <v>-7</v>
       </c>
       <c r="N8">
         <v>49</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>2</v>
       </c>
       <c r="AE8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF8">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T6</v>
       </c>
       <c r="B9">
         <v>6</v>
       </c>
       <c r="C9">
         <v>-5</v>
       </c>
       <c r="D9">
         <v>2</v>
       </c>
       <c r="E9" t="str">
-        <v>MA1</v>
+        <v>MA40</v>
       </c>
       <c r="F9" t="str">
         <v>2</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9" t="str">
-        <v>Ty Mohrmann</v>
+        <v>Bill Letcher</v>
       </c>
       <c r="I9">
         <v>-7</v>
       </c>
       <c r="J9">
         <v>49</v>
       </c>
       <c r="L9" t="str">
-        <v>tyrell45</v>
+        <v>bill2k</v>
       </c>
       <c r="M9">
         <v>-7</v>
       </c>
       <c r="N9">
         <v>49</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>2</v>
       </c>
       <c r="AE9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF9">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T6</v>
       </c>
       <c r="B10">
         <v>6</v>
       </c>
       <c r="C10">
         <v>-5</v>
       </c>
       <c r="D10">
         <v>-3</v>
       </c>
       <c r="E10" t="str">
         <v>MA2</v>
       </c>
       <c r="F10" t="str">
         <v>T4</v>
       </c>
       <c r="G10">
         <v>4</v>
       </c>
       <c r="H10" t="str">