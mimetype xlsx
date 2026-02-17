--- v1 (2025-12-16)
+++ v2 (2026-02-17)
@@ -3489,51 +3489,51 @@
       <c r="D32">
         <v>-3</v>
       </c>
       <c r="E32" t="str">
         <v>MA2</v>
       </c>
       <c r="F32" t="str">
         <v>8</v>
       </c>
       <c r="G32">
         <v>8</v>
       </c>
       <c r="H32" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I32">
         <v>3</v>
       </c>
       <c r="J32">
         <v>59</v>
       </c>
       <c r="K32">
         <v>300223</v>
       </c>
       <c r="L32" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>59</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>2</v>
       </c>
       <c r="Q32">
         <v>5</v>
       </c>
       <c r="R32">
         <v>4</v>
       </c>
       <c r="S32">
         <v>3</v>
       </c>
       <c r="T32">
         <v>2</v>
       </c>