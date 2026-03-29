--- v2 (2026-02-17)
+++ v3 (2026-03-29)
@@ -970,50 +970,53 @@
       </c>
       <c r="C6">
         <v>-6</v>
       </c>
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="str">
         <v>MPO</v>
       </c>
       <c r="F6" t="str">
         <v>3</v>
       </c>
       <c r="G6">
         <v>3</v>
       </c>
       <c r="H6" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I6">
         <v>-7</v>
       </c>
       <c r="J6">
         <v>49</v>
       </c>
+      <c r="K6">
+        <v>209713</v>
+      </c>
       <c r="L6" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M6">
         <v>-7</v>
       </c>
       <c r="N6">
         <v>49</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">