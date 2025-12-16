--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -1811,322 +1811,325 @@
       </c>
       <c r="AC14">
         <v>5</v>
       </c>
       <c r="AD14">
         <v>2</v>
       </c>
       <c r="AE14">
         <v>3</v>
       </c>
       <c r="AF14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>T14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
-        <v>-8</v>
+        <v>3</v>
       </c>
       <c r="E15" t="str">
-        <v>MA4</v>
+        <v>MA1</v>
       </c>
       <c r="F15" t="str">
         <v>3</v>
       </c>
       <c r="G15">
         <v>3</v>
       </c>
       <c r="H15" t="str">
-        <v>Darcy McCrea</v>
+        <v>Ty Mohrmann</v>
       </c>
       <c r="I15">
-        <v>9</v>
+        <v>-2</v>
       </c>
       <c r="J15">
-        <v>65</v>
+        <v>54</v>
+      </c>
+      <c r="K15">
+        <v>214218</v>
       </c>
       <c r="L15" t="str">
-        <v>darcy93</v>
+        <v>tymohdg</v>
       </c>
       <c r="M15">
-        <v>9</v>
+        <v>-2</v>
       </c>
       <c r="N15">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="O15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD15">
         <v>3</v>
       </c>
       <c r="AE15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AF15">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>T14</v>
       </c>
       <c r="B16">
         <v>14</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16">
-        <v>-2</v>
+        <v>-8</v>
       </c>
       <c r="E16" t="str">
-        <v>MA2</v>
+        <v>MA4</v>
       </c>
       <c r="F16" t="str">
         <v>3</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16" t="str">
-        <v xml:space="preserve">Mike Stone </v>
+        <v>Darcy McCrea</v>
       </c>
       <c r="I16">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="J16">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="L16" t="str">
-        <v>mstone</v>
+        <v>darcy93</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="N16">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W16">
+        <v>4</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
+        <v>3</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>4</v>
+      </c>
+      <c r="AD16">
+        <v>3</v>
+      </c>
+      <c r="AE16">
         <v>6</v>
-      </c>
-[...22 lines deleted...]
-        <v>3</v>
       </c>
       <c r="AF16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>T14</v>
       </c>
       <c r="B17">
         <v>14</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="E17" t="str">
-        <v>MA1</v>
+        <v>MA2</v>
       </c>
       <c r="F17" t="str">
         <v>3</v>
       </c>
       <c r="G17">
         <v>3</v>
       </c>
       <c r="H17" t="str">
-        <v>Ty Mohrmann</v>
+        <v xml:space="preserve">Mike Stone </v>
       </c>
       <c r="I17">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="J17">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L17" t="str">
-        <v>tyrell45</v>
+        <v>mstone</v>
       </c>
       <c r="M17">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V17">
         <v>2</v>
       </c>
       <c r="W17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y17">
         <v>2</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE17">
         <v>3</v>
       </c>
       <c r="AF17">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>T17</v>
       </c>
       <c r="B18">
         <v>17</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18" t="str">
         <v>FPO</v>
       </c>
       <c r="F18" t="str">
         <v>1</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18" t="str">