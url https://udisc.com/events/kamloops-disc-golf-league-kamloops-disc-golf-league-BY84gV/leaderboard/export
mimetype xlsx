--- v1 (2025-12-16)
+++ v2 (2026-02-17)
@@ -4065,51 +4065,51 @@
       <c r="D38">
         <v>-1</v>
       </c>
       <c r="E38" t="str">
         <v>MA2</v>
       </c>
       <c r="F38" t="str">
         <v>6</v>
       </c>
       <c r="G38">
         <v>6</v>
       </c>
       <c r="H38" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I38">
         <v>10</v>
       </c>
       <c r="J38">
         <v>66</v>
       </c>
       <c r="K38">
         <v>300223</v>
       </c>
       <c r="L38" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M38">
         <v>10</v>
       </c>
       <c r="N38">
         <v>66</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
         <v>4</v>
       </c>
       <c r="R38">
         <v>4</v>
       </c>
       <c r="S38">
         <v>4</v>
       </c>
       <c r="T38">
         <v>2</v>
       </c>