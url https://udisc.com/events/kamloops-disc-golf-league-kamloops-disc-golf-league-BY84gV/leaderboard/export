--- v2 (2026-02-17)
+++ v3 (2026-03-29)
@@ -4159,50 +4159,53 @@
       </c>
       <c r="C39">
         <v>9</v>
       </c>
       <c r="D39">
         <v>1</v>
       </c>
       <c r="E39" t="str">
         <v>MPO</v>
       </c>
       <c r="F39" t="str">
         <v>12</v>
       </c>
       <c r="G39">
         <v>12</v>
       </c>
       <c r="H39" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I39">
         <v>8</v>
       </c>
       <c r="J39">
         <v>64</v>
       </c>
+      <c r="K39">
+        <v>209713</v>
+      </c>
       <c r="L39" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M39">
         <v>8</v>
       </c>
       <c r="N39">
         <v>64</v>
       </c>
       <c r="O39">
         <v>2</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
         <v>4</v>
       </c>
       <c r="R39">
         <v>4</v>
       </c>
       <c r="S39">
         <v>5</v>
       </c>
       <c r="T39">