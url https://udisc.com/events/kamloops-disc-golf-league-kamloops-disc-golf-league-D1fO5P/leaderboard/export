--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -1363,51 +1363,51 @@
       <c r="D10">
         <v>-2</v>
       </c>
       <c r="E10" t="str">
         <v>MA2</v>
       </c>
       <c r="F10" t="str">
         <v>T1</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I10">
         <v>2</v>
       </c>
       <c r="J10">
         <v>58</v>
       </c>
       <c r="K10">
         <v>300223</v>
       </c>
       <c r="L10" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>58</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
@@ -2042,52 +2042,55 @@
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17">
         <v>2</v>
       </c>
       <c r="E17" t="str">
         <v>MA1</v>
       </c>
       <c r="F17" t="str">
         <v>2</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="H17" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
         <v>57</v>
       </c>
+      <c r="K17">
+        <v>214218</v>
+      </c>
       <c r="L17" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17">
         <v>57</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
         <v>5</v>
       </c>
       <c r="S17">
         <v>4</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>