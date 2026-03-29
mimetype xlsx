--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -2817,50 +2817,53 @@
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25">
         <v>1</v>
       </c>
       <c r="E25" t="str">
         <v>MPO</v>
       </c>
       <c r="F25" t="str">
         <v>10</v>
       </c>
       <c r="G25">
         <v>10</v>
       </c>
       <c r="H25" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>60</v>
       </c>
+      <c r="K25">
+        <v>209713</v>
+      </c>
       <c r="L25" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>60</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>4</v>
       </c>
       <c r="S25">
         <v>4</v>
       </c>
       <c r="T25">