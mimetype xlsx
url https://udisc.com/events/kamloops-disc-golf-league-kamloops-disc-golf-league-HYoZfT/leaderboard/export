--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -1641,52 +1641,55 @@
       </c>
       <c r="C13">
         <v>0</v>
       </c>
       <c r="D13">
         <v>3</v>
       </c>
       <c r="E13" t="str">
         <v>MA1</v>
       </c>
       <c r="F13" t="str">
         <v>T2</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>52</v>
       </c>
+      <c r="K13">
+        <v>214218</v>
+      </c>
       <c r="L13" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M13">
         <v>-3</v>
       </c>
       <c r="N13">
         <v>52</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
@@ -1936,51 +1939,51 @@
       <c r="D16">
         <v>0</v>
       </c>
       <c r="E16" t="str">
         <v>MA2</v>
       </c>
       <c r="F16" t="str">
         <v>4</v>
       </c>
       <c r="G16">
         <v>4</v>
       </c>
       <c r="H16" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>56</v>
       </c>
       <c r="K16">
         <v>300223</v>
       </c>
       <c r="L16" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="N16">
         <v>56</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>4</v>
       </c>
       <c r="S16">
         <v>6</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>