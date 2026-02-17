--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -1455,51 +1455,51 @@
       <c r="D11">
         <v>1</v>
       </c>
       <c r="E11" t="str">
         <v>MA2</v>
       </c>
       <c r="F11" t="str">
         <v>2</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>50</v>
       </c>
       <c r="K11">
         <v>300223</v>
       </c>
       <c r="L11" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M11">
         <v>-5</v>
       </c>
       <c r="N11">
         <v>50</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
@@ -3963,52 +3963,55 @@
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>4</v>
       </c>
       <c r="E37" t="str">
         <v>MA1</v>
       </c>
       <c r="F37" t="str">
         <v>T3</v>
       </c>
       <c r="G37">
         <v>3</v>
       </c>
       <c r="H37" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I37">
         <v>-3</v>
       </c>
       <c r="J37">
         <v>52</v>
       </c>
+      <c r="K37">
+        <v>214218</v>
+      </c>
       <c r="L37" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M37">
         <v>-3</v>
       </c>
       <c r="N37">
         <v>52</v>
       </c>
       <c r="O37">
         <v>2</v>
       </c>
       <c r="P37">
         <v>2</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
         <v>5</v>
       </c>
       <c r="S37">
         <v>4</v>
       </c>
       <c r="T37">
         <v>2</v>
       </c>