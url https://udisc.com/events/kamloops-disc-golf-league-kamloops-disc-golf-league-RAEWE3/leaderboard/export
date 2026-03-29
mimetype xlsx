--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -1840,50 +1840,53 @@
       </c>
       <c r="C15">
         <v>-4</v>
       </c>
       <c r="D15">
         <v>3</v>
       </c>
       <c r="E15" t="str">
         <v>MPO</v>
       </c>
       <c r="F15" t="str">
         <v>T8</v>
       </c>
       <c r="G15">
         <v>8</v>
       </c>
       <c r="H15" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I15">
         <v>-7</v>
       </c>
       <c r="J15">
         <v>48</v>
       </c>
+      <c r="K15">
+        <v>209713</v>
+      </c>
       <c r="L15" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M15">
         <v>-7</v>
       </c>
       <c r="N15">
         <v>48</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>4</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">