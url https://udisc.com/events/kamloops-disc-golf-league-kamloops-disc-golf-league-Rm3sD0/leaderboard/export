--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -1056,52 +1056,55 @@
       </c>
       <c r="C7">
         <v>-7</v>
       </c>
       <c r="D7">
         <v>2</v>
       </c>
       <c r="E7" t="str">
         <v>MA1</v>
       </c>
       <c r="F7" t="str">
         <v>2</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I7">
         <v>-9</v>
       </c>
       <c r="J7">
         <v>46</v>
       </c>
+      <c r="K7">
+        <v>214218</v>
+      </c>
       <c r="L7" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M7">
         <v>-9</v>
       </c>
       <c r="N7">
         <v>46</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>