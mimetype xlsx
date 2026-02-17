--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -1835,51 +1835,51 @@
       <c r="D15">
         <v>-1</v>
       </c>
       <c r="E15" t="str">
         <v>MA2</v>
       </c>
       <c r="F15" t="str">
         <v>3</v>
       </c>
       <c r="G15">
         <v>3</v>
       </c>
       <c r="H15" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>53</v>
       </c>
       <c r="K15">
         <v>300223</v>
       </c>
       <c r="L15" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M15">
         <v>-2</v>
       </c>
       <c r="N15">
         <v>53</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>