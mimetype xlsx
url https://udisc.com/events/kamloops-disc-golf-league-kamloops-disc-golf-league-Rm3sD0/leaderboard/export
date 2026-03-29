--- v2 (2026-02-17)
+++ v3 (2026-03-29)
@@ -673,50 +673,53 @@
       </c>
       <c r="C3">
         <v>-8</v>
       </c>
       <c r="D3">
         <v>-1</v>
       </c>
       <c r="E3" t="str">
         <v>MPO</v>
       </c>
       <c r="F3" t="str">
         <v>T2</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I3">
         <v>-7</v>
       </c>
       <c r="J3">
         <v>48</v>
       </c>
+      <c r="K3">
+        <v>209713</v>
+      </c>
       <c r="L3" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M3">
         <v>-7</v>
       </c>
       <c r="N3">
         <v>48</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>5</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">