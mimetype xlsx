--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -2402,224 +2402,227 @@
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
       <c r="AD20">
         <v>6</v>
       </c>
       <c r="AE20">
         <v>5</v>
       </c>
       <c r="AF20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>T18</v>
       </c>
       <c r="B21">
         <v>18</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E21" t="str">
-        <v>MA40</v>
+        <v>MA1</v>
       </c>
       <c r="F21" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="G21">
         <v>3</v>
       </c>
       <c r="H21" t="str">
-        <v>Bill Letcher</v>
+        <v>Ty Mohrmann</v>
       </c>
       <c r="I21">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="J21">
-        <v>58</v>
+        <v>56</v>
+      </c>
+      <c r="K21">
+        <v>214218</v>
       </c>
       <c r="L21" t="str">
-        <v>bill2k</v>
+        <v>tymohdg</v>
       </c>
       <c r="M21">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="N21">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="O21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
       <c r="AC21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD21">
         <v>4</v>
       </c>
       <c r="AE21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>T18</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E22" t="str">
-        <v>MA1</v>
+        <v>MA40</v>
       </c>
       <c r="F22" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="G22">
         <v>3</v>
       </c>
       <c r="H22" t="str">
-        <v>Ty Mohrmann</v>
+        <v>Bill Letcher</v>
       </c>
       <c r="I22">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="J22">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="L22" t="str">
-        <v>tyrell45</v>
+        <v>bill2k</v>
       </c>
       <c r="M22">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="N22">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB22">
         <v>2</v>
       </c>
       <c r="AC22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD22">
         <v>4</v>
       </c>
       <c r="AE22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>T18</v>
       </c>
       <c r="B23">
         <v>18</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23">
         <v>4</v>
       </c>
       <c r="E23" t="str">
         <v>MA1</v>
       </c>
       <c r="F23" t="str">
         <v>5</v>
       </c>
       <c r="G23">