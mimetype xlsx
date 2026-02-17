--- v1 (2025-12-16)
+++ v2 (2026-02-17)
@@ -2809,51 +2809,51 @@
       <c r="D25">
         <v>1</v>
       </c>
       <c r="E25" t="str">
         <v>MA2</v>
       </c>
       <c r="F25" t="str">
         <v>4</v>
       </c>
       <c r="G25">
         <v>4</v>
       </c>
       <c r="H25" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25">
         <v>61</v>
       </c>
       <c r="K25">
         <v>300223</v>
       </c>
       <c r="L25" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="N25">
         <v>61</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
         <v>2</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>