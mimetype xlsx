--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -873,51 +873,51 @@
       <c r="D5">
         <v>-3</v>
       </c>
       <c r="E5" t="str">
         <v>MA2</v>
       </c>
       <c r="F5" t="str">
         <v>2</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
       <c r="H5" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I5">
         <v>-2</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
         <v>300223</v>
       </c>
       <c r="L5" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M5">
         <v>-2</v>
       </c>
       <c r="N5">
         <v>54</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
@@ -1915,227 +1915,230 @@
       </c>
       <c r="AC15">
         <v>2</v>
       </c>
       <c r="AD15">
         <v>3</v>
       </c>
       <c r="AE15">
         <v>5</v>
       </c>
       <c r="AF15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>T15</v>
       </c>
       <c r="B16">
         <v>15</v>
       </c>
       <c r="C16">
         <v>0</v>
       </c>
       <c r="D16">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="E16" t="str">
-        <v>MA50</v>
+        <v>MA1</v>
       </c>
       <c r="F16" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
       <c r="H16" t="str">
-        <v>Rick T</v>
+        <v>Ty Mohrmann</v>
       </c>
       <c r="I16">
-        <v>2</v>
+        <v>-5</v>
       </c>
       <c r="J16">
-        <v>58</v>
+        <v>51</v>
+      </c>
+      <c r="K16">
+        <v>214218</v>
       </c>
       <c r="L16" t="str">
-        <v>sagecreeper</v>
+        <v>tymohdg</v>
       </c>
       <c r="M16">
-        <v>2</v>
+        <v>-5</v>
       </c>
       <c r="N16">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD16">
         <v>2</v>
       </c>
       <c r="AE16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF16">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>T15</v>
       </c>
       <c r="B17">
         <v>15</v>
       </c>
       <c r="C17">
         <v>0</v>
       </c>
       <c r="D17">
-        <v>5</v>
+        <v>-2</v>
       </c>
       <c r="E17" t="str">
-        <v>MA1</v>
+        <v>MA50</v>
       </c>
       <c r="F17" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="H17" t="str">
-        <v>Ty Mohrmann</v>
+        <v>Rick T</v>
       </c>
       <c r="I17">
-        <v>-5</v>
+        <v>2</v>
       </c>
       <c r="J17">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="L17" t="str">
-        <v>tyrell45</v>
+        <v>sagecreeper</v>
       </c>
       <c r="M17">
-        <v>-5</v>
+        <v>2</v>
       </c>
       <c r="N17">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U17">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD17">
         <v>2</v>
       </c>
       <c r="AE17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF17">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>T15</v>
       </c>
       <c r="B18">
         <v>15</v>
       </c>
       <c r="C18">
         <v>0</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18" t="str">
         <v>MA2</v>
       </c>
       <c r="F18" t="str">
         <v>3</v>
       </c>
       <c r="G18">
         <v>3</v>
       </c>
       <c r="H18" t="str">