--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -1353,50 +1353,53 @@
       </c>
       <c r="C10">
         <v>-3</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="str">
         <v>MPO</v>
       </c>
       <c r="F10" t="str">
         <v>5</v>
       </c>
       <c r="G10">
         <v>5</v>
       </c>
       <c r="H10" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
         <v>53</v>
       </c>
+      <c r="K10">
+        <v>209713</v>
+      </c>
       <c r="L10" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M10">
         <v>-3</v>
       </c>
       <c r="N10">
         <v>53</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>5</v>
       </c>
       <c r="T10">