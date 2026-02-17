--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -1651,51 +1651,51 @@
       <c r="D13">
         <v>-1</v>
       </c>
       <c r="E13" t="str">
         <v>MA2</v>
       </c>
       <c r="F13" t="str">
         <v>T2</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I13">
         <v>-2</v>
       </c>
       <c r="J13">
         <v>53</v>
       </c>
       <c r="K13">
         <v>300223</v>
       </c>
       <c r="L13" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M13">
         <v>-2</v>
       </c>
       <c r="N13">
         <v>53</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>