--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -1552,50 +1552,53 @@
       </c>
       <c r="C12">
         <v>-5</v>
       </c>
       <c r="D12">
         <v>-2</v>
       </c>
       <c r="E12" t="str">
         <v>MPO</v>
       </c>
       <c r="F12" t="str">
         <v>4</v>
       </c>
       <c r="G12">
         <v>4</v>
       </c>
       <c r="H12" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I12">
         <v>-3</v>
       </c>
       <c r="J12">
         <v>52</v>
       </c>
+      <c r="K12">
+        <v>209713</v>
+      </c>
       <c r="L12" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M12">
         <v>-3</v>
       </c>
       <c r="N12">
         <v>52</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">