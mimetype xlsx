--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -578,52 +578,55 @@
       </c>
       <c r="C2">
         <v>-9</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
       <c r="E2" t="str">
         <v>MA1</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I2">
         <v>-11</v>
       </c>
       <c r="J2">
         <v>44</v>
       </c>
+      <c r="K2">
+        <v>214218</v>
+      </c>
       <c r="L2" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M2">
         <v>-11</v>
       </c>
       <c r="N2">
         <v>44</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
@@ -2512,51 +2515,51 @@
       <c r="D22">
         <v>1</v>
       </c>
       <c r="E22" t="str">
         <v>MA2</v>
       </c>
       <c r="F22" t="str">
         <v>4</v>
       </c>
       <c r="G22">
         <v>4</v>
       </c>
       <c r="H22" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I22">
         <v>-3</v>
       </c>
       <c r="J22">
         <v>52</v>
       </c>
       <c r="K22">
         <v>300223</v>
       </c>
       <c r="L22" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M22">
         <v>-3</v>
       </c>
       <c r="N22">
         <v>52</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>5</v>
       </c>
       <c r="R22">
         <v>4</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>2</v>
       </c>