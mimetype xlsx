--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -1059,50 +1059,53 @@
       </c>
       <c r="C7">
         <v>-5</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7" t="str">
         <v>MPO</v>
       </c>
       <c r="F7" t="str">
         <v>5</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I7">
         <v>-6</v>
       </c>
       <c r="J7">
         <v>49</v>
       </c>
+      <c r="K7">
+        <v>209713</v>
+      </c>
       <c r="L7" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M7">
         <v>-6</v>
       </c>
       <c r="N7">
         <v>49</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">