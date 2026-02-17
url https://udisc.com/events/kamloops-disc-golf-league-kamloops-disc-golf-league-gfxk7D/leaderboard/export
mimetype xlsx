--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -778,51 +778,51 @@
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="str">
         <v>MA2</v>
       </c>
       <c r="F4" t="str">
         <v>1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I4">
         <v>-9</v>
       </c>
       <c r="J4">
         <v>51</v>
       </c>
       <c r="K4">
         <v>300223</v>
       </c>
       <c r="L4" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M4">
         <v>-9</v>
       </c>
       <c r="N4">
         <v>51</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
@@ -1941,52 +1941,55 @@
       </c>
       <c r="C16">
         <v>-5</v>
       </c>
       <c r="D16">
         <v>4</v>
       </c>
       <c r="E16" t="str">
         <v>MA1</v>
       </c>
       <c r="F16" t="str">
         <v>T2</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
       <c r="H16" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I16">
         <v>-9</v>
       </c>
       <c r="J16">
         <v>51</v>
       </c>
+      <c r="K16">
+        <v>214218</v>
+      </c>
       <c r="L16" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M16">
         <v>-9</v>
       </c>
       <c r="N16">
         <v>51</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>2</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>