--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -1356,50 +1356,53 @@
       </c>
       <c r="C10">
         <v>-6</v>
       </c>
       <c r="D10">
         <v>4</v>
       </c>
       <c r="E10" t="str">
         <v>MPO</v>
       </c>
       <c r="F10" t="str">
         <v>T4</v>
       </c>
       <c r="G10">
         <v>4</v>
       </c>
       <c r="H10" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I10">
         <v>-10</v>
       </c>
       <c r="J10">
         <v>50</v>
       </c>
+      <c r="K10">
+        <v>209713</v>
+      </c>
       <c r="L10" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M10">
         <v>-10</v>
       </c>
       <c r="N10">
         <v>50</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">