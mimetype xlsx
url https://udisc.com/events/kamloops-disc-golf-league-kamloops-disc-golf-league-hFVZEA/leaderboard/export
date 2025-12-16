--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -947,227 +947,230 @@
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>2</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
         <v>-7</v>
       </c>
       <c r="D6">
-        <v>-4</v>
+        <v>3</v>
       </c>
       <c r="E6" t="str">
-        <v>MA50</v>
+        <v>MA1</v>
       </c>
       <c r="F6" t="str">
         <v>1</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="str">
-        <v>Rick T</v>
+        <v>Ty Mohrmann</v>
       </c>
       <c r="I6">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="J6">
-        <v>53</v>
+        <v>46</v>
+      </c>
+      <c r="K6">
+        <v>214218</v>
       </c>
       <c r="L6" t="str">
-        <v>sagecreeper</v>
+        <v>tymohdg</v>
       </c>
       <c r="M6">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="N6">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AF6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T5</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7">
         <v>-7</v>
       </c>
       <c r="D7">
-        <v>3</v>
+        <v>-4</v>
       </c>
       <c r="E7" t="str">
-        <v>MA1</v>
+        <v>MA50</v>
       </c>
       <c r="F7" t="str">
         <v>1</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="str">
-        <v>Ty Mohrmann</v>
+        <v>Rick T</v>
       </c>
       <c r="I7">
-        <v>-10</v>
+        <v>-3</v>
       </c>
       <c r="J7">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="L7" t="str">
-        <v>tyrell45</v>
+        <v>sagecreeper</v>
       </c>
       <c r="M7">
-        <v>-10</v>
+        <v>-3</v>
       </c>
       <c r="N7">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AF7">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>T5</v>
       </c>
       <c r="B8">
         <v>5</v>
       </c>
       <c r="C8">
         <v>-7</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
       <c r="E8" t="str">
         <v>MA1</v>
       </c>
       <c r="F8" t="str">
         <v>T2</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
       <c r="H8" t="str">
@@ -3097,51 +3100,51 @@
       <c r="D28">
         <v>-2</v>
       </c>
       <c r="E28" t="str">
         <v>MA2</v>
       </c>
       <c r="F28" t="str">
         <v>T5</v>
       </c>
       <c r="G28">
         <v>5</v>
       </c>
       <c r="H28" t="str">
         <v xml:space="preserve">Philipp Hofmann </v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28">
         <v>57</v>
       </c>
       <c r="K28">
         <v>216580</v>
       </c>
       <c r="L28" t="str">
-        <v>flyingdiscman22</v>
+        <v>philthebasket</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
       <c r="N28">
         <v>57</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
         <v>2</v>
       </c>
       <c r="S28">
         <v>4</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>