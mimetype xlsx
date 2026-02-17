--- v1 (2025-12-16)
+++ v2 (2026-02-17)
@@ -1357,51 +1357,51 @@
       <c r="D10">
         <v>-2</v>
       </c>
       <c r="E10" t="str">
         <v>MA2</v>
       </c>
       <c r="F10" t="str">
         <v>T1</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>54</v>
       </c>
       <c r="K10">
         <v>300223</v>
       </c>
       <c r="L10" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M10">
         <v>-2</v>
       </c>
       <c r="N10">
         <v>54</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>