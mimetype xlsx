--- v2 (2026-02-17)
+++ v3 (2026-03-29)
@@ -3387,50 +3387,53 @@
       </c>
       <c r="C31">
         <v>-1</v>
       </c>
       <c r="D31">
         <v>2</v>
       </c>
       <c r="E31" t="str">
         <v>MPO</v>
       </c>
       <c r="F31" t="str">
         <v>11</v>
       </c>
       <c r="G31">
         <v>11</v>
       </c>
       <c r="H31" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I31">
         <v>-3</v>
       </c>
       <c r="J31">
         <v>53</v>
       </c>
+      <c r="K31">
+        <v>209713</v>
+      </c>
       <c r="L31" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M31">
         <v>-3</v>
       </c>
       <c r="N31">
         <v>53</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>2</v>
       </c>
       <c r="Q31">
         <v>5</v>
       </c>
       <c r="R31">
         <v>4</v>
       </c>
       <c r="S31">
         <v>2</v>
       </c>
       <c r="T31">