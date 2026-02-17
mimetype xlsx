--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -3100,51 +3100,51 @@
       <c r="D28">
         <v>1</v>
       </c>
       <c r="E28" t="str">
         <v>MA2</v>
       </c>
       <c r="F28" t="str">
         <v>T4</v>
       </c>
       <c r="G28">
         <v>4</v>
       </c>
       <c r="H28" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I28">
         <v>3</v>
       </c>
       <c r="J28">
         <v>63</v>
       </c>
       <c r="K28">
         <v>300223</v>
       </c>
       <c r="L28" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>63</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>2</v>
       </c>
       <c r="Q28">
         <v>5</v>
       </c>
       <c r="R28">
         <v>3</v>
       </c>
       <c r="S28">
         <v>4</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>