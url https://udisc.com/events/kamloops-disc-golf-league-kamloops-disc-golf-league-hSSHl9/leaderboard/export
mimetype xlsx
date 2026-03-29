--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -3194,50 +3194,53 @@
       </c>
       <c r="C29">
         <v>4</v>
       </c>
       <c r="D29">
         <v>4</v>
       </c>
       <c r="E29" t="str">
         <v>MPO</v>
       </c>
       <c r="F29" t="str">
         <v>6</v>
       </c>
       <c r="G29">
         <v>6</v>
       </c>
       <c r="H29" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29">
         <v>60</v>
       </c>
+      <c r="K29">
+        <v>209713</v>
+      </c>
       <c r="L29" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M29">
         <v>0</v>
       </c>
       <c r="N29">
         <v>60</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>2</v>
       </c>
       <c r="Q29">
         <v>2</v>
       </c>
       <c r="R29">
         <v>4</v>
       </c>
       <c r="S29">
         <v>4</v>
       </c>
       <c r="T29">