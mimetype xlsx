--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -967,52 +967,55 @@
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>4</v>
       </c>
       <c r="E6" t="str">
         <v>MA1</v>
       </c>
       <c r="F6" t="str">
         <v>1</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I6">
         <v>-4</v>
       </c>
       <c r="J6">
         <v>56</v>
       </c>
+      <c r="K6">
+        <v>214218</v>
+      </c>
       <c r="L6" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M6">
         <v>-4</v>
       </c>
       <c r="N6">
         <v>56</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>