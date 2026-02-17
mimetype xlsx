--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -2530,51 +2530,51 @@
       <c r="D22">
         <v>1</v>
       </c>
       <c r="E22" t="str">
         <v>MA2</v>
       </c>
       <c r="F22" t="str">
         <v>T3</v>
       </c>
       <c r="G22">
         <v>3</v>
       </c>
       <c r="H22" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I22">
         <v>3</v>
       </c>
       <c r="J22">
         <v>63</v>
       </c>
       <c r="K22">
         <v>300223</v>
       </c>
       <c r="L22" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>63</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>