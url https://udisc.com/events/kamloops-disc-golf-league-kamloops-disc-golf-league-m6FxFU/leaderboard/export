--- v2 (2026-02-17)
+++ v3 (2026-03-29)
@@ -1846,50 +1846,53 @@
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15">
         <v>2</v>
       </c>
       <c r="E15" t="str">
         <v>MPO</v>
       </c>
       <c r="F15" t="str">
         <v>T7</v>
       </c>
       <c r="G15">
         <v>7</v>
       </c>
       <c r="H15" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>60</v>
       </c>
+      <c r="K15">
+        <v>209713</v>
+      </c>
       <c r="L15" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M15">
         <v>0</v>
       </c>
       <c r="N15">
         <v>60</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>2</v>
       </c>
       <c r="T15">