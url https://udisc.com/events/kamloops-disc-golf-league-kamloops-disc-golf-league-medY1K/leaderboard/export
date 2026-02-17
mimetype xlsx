--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -876,51 +876,51 @@
       <c r="D5">
         <v>-2</v>
       </c>
       <c r="E5" t="str">
         <v>MA2</v>
       </c>
       <c r="F5" t="str">
         <v>3</v>
       </c>
       <c r="G5">
         <v>3</v>
       </c>
       <c r="H5" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
         <v>52</v>
       </c>
       <c r="K5">
         <v>300223</v>
       </c>
       <c r="L5" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M5">
         <v>-4</v>
       </c>
       <c r="N5">
         <v>52</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>5</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>