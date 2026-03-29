--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -1843,50 +1843,53 @@
       </c>
       <c r="C15">
         <v>-3</v>
       </c>
       <c r="D15">
         <v>1</v>
       </c>
       <c r="E15" t="str">
         <v>MPO</v>
       </c>
       <c r="F15" t="str">
         <v>6</v>
       </c>
       <c r="G15">
         <v>6</v>
       </c>
       <c r="H15" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I15">
         <v>-4</v>
       </c>
       <c r="J15">
         <v>52</v>
       </c>
+      <c r="K15">
+        <v>209713</v>
+      </c>
       <c r="L15" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M15">
         <v>-4</v>
       </c>
       <c r="N15">
         <v>52</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>5</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">