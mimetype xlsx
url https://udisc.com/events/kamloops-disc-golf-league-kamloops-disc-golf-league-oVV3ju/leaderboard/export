--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -2901,215 +2901,218 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>T23</v>
       </c>
       <c r="B26">
         <v>23</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26">
         <v>3</v>
       </c>
       <c r="E26" t="str">
         <v>MA1</v>
       </c>
       <c r="F26" t="str">
         <v>T3</v>
       </c>
       <c r="G26">
         <v>3</v>
       </c>
       <c r="H26" t="str">
-        <v>Nik Scheu</v>
+        <v>Ty Mohrmann</v>
       </c>
       <c r="I26">
         <v>-3</v>
       </c>
       <c r="J26">
         <v>53</v>
       </c>
+      <c r="K26">
+        <v>214218</v>
+      </c>
       <c r="L26" t="str">
-        <v>dinguskhan403</v>
+        <v>tymohdg</v>
       </c>
       <c r="M26">
         <v>-3</v>
       </c>
       <c r="N26">
         <v>53</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T26">
         <v>2</v>
       </c>
       <c r="U26">
         <v>4</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
       <c r="AC26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE26">
         <v>4</v>
       </c>
       <c r="AF26">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>T23</v>
       </c>
       <c r="B27">
         <v>23</v>
       </c>
       <c r="C27">
         <v>0</v>
       </c>
       <c r="D27">
         <v>3</v>
       </c>
       <c r="E27" t="str">
         <v>MA1</v>
       </c>
       <c r="F27" t="str">
         <v>T3</v>
       </c>
       <c r="G27">
         <v>3</v>
       </c>
       <c r="H27" t="str">
-        <v>Ty Mohrmann</v>
+        <v>Nik Scheu</v>
       </c>
       <c r="I27">
         <v>-3</v>
       </c>
       <c r="J27">
         <v>53</v>
       </c>
       <c r="L27" t="str">
-        <v>tyrell45</v>
+        <v>dinguskhan403</v>
       </c>
       <c r="M27">
         <v>-3</v>
       </c>
       <c r="N27">
         <v>53</v>
       </c>
       <c r="O27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T27">
         <v>2</v>
       </c>
       <c r="U27">
         <v>4</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
         <v>3</v>
       </c>
       <c r="Y27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Z27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
       <c r="AC27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE27">
         <v>4</v>
       </c>
       <c r="AF27">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>T23</v>
       </c>
       <c r="B28">
         <v>23</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28">
         <v>-7</v>
       </c>
       <c r="E28" t="str">
         <v>MA50</v>
       </c>
       <c r="F28" t="str">
         <v>5</v>
       </c>
       <c r="G28">
         <v>5</v>
       </c>
       <c r="H28" t="str">