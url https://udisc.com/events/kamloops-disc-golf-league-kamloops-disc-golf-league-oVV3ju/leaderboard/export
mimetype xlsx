--- v1 (2025-12-16)
+++ v2 (2026-02-17)
@@ -4365,51 +4365,51 @@
       <c r="D41">
         <v>-1</v>
       </c>
       <c r="E41" t="str">
         <v>MA2</v>
       </c>
       <c r="F41" t="str">
         <v>8</v>
       </c>
       <c r="G41">
         <v>8</v>
       </c>
       <c r="H41" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I41">
         <v>4</v>
       </c>
       <c r="J41">
         <v>60</v>
       </c>
       <c r="K41">
         <v>300223</v>
       </c>
       <c r="L41" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M41">
         <v>4</v>
       </c>
       <c r="N41">
         <v>60</v>
       </c>
       <c r="O41">
         <v>4</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
         <v>4</v>
       </c>
       <c r="R41">
         <v>4</v>
       </c>
       <c r="S41">
         <v>4</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>