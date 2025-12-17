--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -771,52 +771,55 @@
       </c>
       <c r="C4">
         <v>-8</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="str">
         <v>MA1</v>
       </c>
       <c r="F4" t="str">
         <v>1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I4">
         <v>-9</v>
       </c>
       <c r="J4">
         <v>47</v>
       </c>
+      <c r="K4">
+        <v>214218</v>
+      </c>
       <c r="L4" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M4">
         <v>-9</v>
       </c>
       <c r="N4">
         <v>47</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>