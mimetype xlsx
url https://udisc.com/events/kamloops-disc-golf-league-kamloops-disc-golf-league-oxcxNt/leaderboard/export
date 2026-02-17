--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -2809,51 +2809,51 @@
       <c r="D25">
         <v>-4</v>
       </c>
       <c r="E25" t="str">
         <v>MA2</v>
       </c>
       <c r="F25" t="str">
         <v>T4</v>
       </c>
       <c r="G25">
         <v>4</v>
       </c>
       <c r="H25" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>60</v>
       </c>
       <c r="K25">
         <v>300223</v>
       </c>
       <c r="L25" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>60</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>6</v>
       </c>
       <c r="R25">
         <v>4</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>