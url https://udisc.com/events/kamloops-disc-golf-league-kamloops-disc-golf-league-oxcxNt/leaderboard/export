--- v2 (2026-02-17)
+++ v3 (2026-03-29)
@@ -3001,50 +3001,53 @@
       </c>
       <c r="C27">
         <v>0</v>
       </c>
       <c r="D27">
         <v>2</v>
       </c>
       <c r="E27" t="str">
         <v>MPO</v>
       </c>
       <c r="F27" t="str">
         <v>8</v>
       </c>
       <c r="G27">
         <v>8</v>
       </c>
       <c r="H27" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I27">
         <v>-2</v>
       </c>
       <c r="J27">
         <v>54</v>
       </c>
+      <c r="K27">
+        <v>209713</v>
+      </c>
       <c r="L27" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M27">
         <v>-2</v>
       </c>
       <c r="N27">
         <v>54</v>
       </c>
       <c r="O27">
         <v>2</v>
       </c>
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
         <v>4</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">