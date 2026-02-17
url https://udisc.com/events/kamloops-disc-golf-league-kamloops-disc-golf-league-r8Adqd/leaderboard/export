--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -2806,51 +2806,51 @@
       <c r="D25">
         <v>3</v>
       </c>
       <c r="E25" t="str">
         <v>MA2</v>
       </c>
       <c r="F25" t="str">
         <v>T4</v>
       </c>
       <c r="G25">
         <v>4</v>
       </c>
       <c r="H25" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I25">
         <v>-3</v>
       </c>
       <c r="J25">
         <v>57</v>
       </c>
       <c r="K25">
         <v>300223</v>
       </c>
       <c r="L25" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M25">
         <v>-3</v>
       </c>
       <c r="N25">
         <v>57</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>2</v>
       </c>
       <c r="Q25">
         <v>5</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
         <v>4</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
@@ -3191,52 +3191,55 @@
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29">
         <v>5</v>
       </c>
       <c r="E29" t="str">
         <v>MA1</v>
       </c>
       <c r="F29" t="str">
         <v>3</v>
       </c>
       <c r="G29">
         <v>3</v>
       </c>
       <c r="H29" t="str">
         <v>Ty Mohrmann</v>
       </c>
       <c r="I29">
         <v>-4</v>
       </c>
       <c r="J29">
         <v>56</v>
       </c>
+      <c r="K29">
+        <v>214218</v>
+      </c>
       <c r="L29" t="str">
-        <v>tyrell45</v>
+        <v>tymohdg</v>
       </c>
       <c r="M29">
         <v>-4</v>
       </c>
       <c r="N29">
         <v>56</v>
       </c>
       <c r="O29">
         <v>2</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
         <v>2</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
         <v>2</v>
       </c>
       <c r="T29">
         <v>3</v>
       </c>