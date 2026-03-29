--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -2315,50 +2315,53 @@
       </c>
       <c r="C20">
         <v>-2</v>
       </c>
       <c r="D20">
         <v>4</v>
       </c>
       <c r="E20" t="str">
         <v>MPO</v>
       </c>
       <c r="F20" t="str">
         <v>T6</v>
       </c>
       <c r="G20">
         <v>6</v>
       </c>
       <c r="H20" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I20">
         <v>-6</v>
       </c>
       <c r="J20">
         <v>54</v>
       </c>
+      <c r="K20">
+        <v>209713</v>
+      </c>
       <c r="L20" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M20">
         <v>-6</v>
       </c>
       <c r="N20">
         <v>54</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">