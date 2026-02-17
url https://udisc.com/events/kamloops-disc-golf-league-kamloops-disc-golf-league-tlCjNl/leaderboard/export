--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -2123,51 +2123,51 @@
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18" t="str">
         <v>MA2</v>
       </c>
       <c r="F18" t="str">
         <v>2</v>
       </c>
       <c r="G18">
         <v>2</v>
       </c>
       <c r="H18" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>53</v>
       </c>
       <c r="K18">
         <v>300223</v>
       </c>
       <c r="L18" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M18">
         <v>-2</v>
       </c>
       <c r="N18">
         <v>53</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>