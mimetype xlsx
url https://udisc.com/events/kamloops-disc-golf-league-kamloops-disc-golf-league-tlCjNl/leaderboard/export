--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -2698,50 +2698,53 @@
       </c>
       <c r="C24">
         <v>-1</v>
       </c>
       <c r="D24">
         <v>1</v>
       </c>
       <c r="E24" t="str">
         <v>MPO</v>
       </c>
       <c r="F24" t="str">
         <v>T9</v>
       </c>
       <c r="G24">
         <v>9</v>
       </c>
       <c r="H24" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I24">
         <v>-2</v>
       </c>
       <c r="J24">
         <v>53</v>
       </c>
+      <c r="K24">
+        <v>209713</v>
+      </c>
       <c r="L24" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M24">
         <v>-2</v>
       </c>
       <c r="N24">
         <v>53</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
         <v>2</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
         <v>4</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">