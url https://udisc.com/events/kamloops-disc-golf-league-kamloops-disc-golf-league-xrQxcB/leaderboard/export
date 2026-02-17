--- v0 (2025-12-17)
+++ v1 (2026-02-17)
@@ -4258,51 +4258,51 @@
       <c r="D40">
         <v>2</v>
       </c>
       <c r="E40" t="str">
         <v>MA2</v>
       </c>
       <c r="F40" t="str">
         <v>11</v>
       </c>
       <c r="G40">
         <v>11</v>
       </c>
       <c r="H40" t="str">
         <v>Chris Yorke</v>
       </c>
       <c r="I40">
         <v>3</v>
       </c>
       <c r="J40">
         <v>63</v>
       </c>
       <c r="K40">
         <v>300223</v>
       </c>
       <c r="L40" t="str">
-        <v>shithawk77</v>
+        <v>jabbathaputt</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>63</v>
       </c>
       <c r="O40">
         <v>2</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
         <v>4</v>
       </c>
       <c r="T40">
         <v>5</v>
       </c>