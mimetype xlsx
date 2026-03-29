--- v1 (2026-02-17)
+++ v2 (2026-03-29)
@@ -1540,50 +1540,53 @@
       </c>
       <c r="C12">
         <v>-3</v>
       </c>
       <c r="D12">
         <v>4</v>
       </c>
       <c r="E12" t="str">
         <v>MPO</v>
       </c>
       <c r="F12" t="str">
         <v>T5</v>
       </c>
       <c r="G12">
         <v>5</v>
       </c>
       <c r="H12" t="str">
         <v>Chase Snoek</v>
       </c>
       <c r="I12">
         <v>-7</v>
       </c>
       <c r="J12">
         <v>53</v>
       </c>
+      <c r="K12">
+        <v>209713</v>
+      </c>
       <c r="L12" t="str">
         <v>chaseksnoek</v>
       </c>
       <c r="M12">
         <v>-7</v>
       </c>
       <c r="N12">
         <v>53</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">