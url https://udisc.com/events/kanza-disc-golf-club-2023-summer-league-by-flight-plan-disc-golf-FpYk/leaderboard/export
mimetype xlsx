--- v0 (2025-10-21)
+++ v1 (2026-03-14)
@@ -618,190 +618,193 @@
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Caleb Lister</v>
+        <v>Michael shisler</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>27</v>
       </c>
+      <c r="G4">
+        <v>221529</v>
+      </c>
       <c r="H4" t="str">
-        <v>listerhawk1981</v>
+        <v>michaelshisler</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>27</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Chandler Schelah</v>
+        <v>Caleb Lister</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>27</v>
       </c>
       <c r="H5" t="str">
-        <v>schelahc</v>
+        <v>listerhawk1981</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>27</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
-        <v>Michael shisler</v>
+        <v>Chandler Schelah</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>27</v>
       </c>
       <c r="H6" t="str">
-        <v>michaelshisler</v>
+        <v>schelahc</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>27</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">