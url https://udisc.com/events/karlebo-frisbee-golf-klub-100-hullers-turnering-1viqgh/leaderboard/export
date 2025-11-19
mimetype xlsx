--- v0 (2025-10-19)
+++ v1 (2025-11-19)
@@ -1292,51 +1292,51 @@
       </c>
       <c r="S14">
         <v>64</v>
       </c>
       <c r="T14">
         <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA1</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Jeppe Koefoed</v>
       </c>
       <c r="E15">
         <v>-1</v>
       </c>
       <c r="F15">
         <v>320</v>
       </c>
       <c r="H15" t="str">
-        <v>trek2710</v>
+        <v>jeppekoefoed</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15">
         <v>-9</v>
       </c>
       <c r="K15">
         <v>-11</v>
       </c>
       <c r="L15">
         <v>7</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15">
         <v>6</v>
       </c>
       <c r="O15">
         <v>63</v>
       </c>
       <c r="P15">
         <v>49</v>
       </c>
@@ -2229,51 +2229,51 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
         <v>Jeppe Koefoed</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>63</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
-        <v>trek2710</v>
+        <v>jeppekoefoed</v>
       </c>
       <c r="J9">
         <v>5</v>
       </c>
       <c r="K9">
         <v>63</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>5</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
@@ -3546,51 +3546,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Jeppe Koefoed</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>112</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>trek2710</v>
+        <v>jeppekoefoed</v>
       </c>
       <c r="J7">
         <v>-9</v>
       </c>
       <c r="K7">
         <v>49</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
@@ -5038,51 +5038,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Jeppe Koefoed</v>
       </c>
       <c r="E7">
         <v>-15</v>
       </c>
       <c r="F7">
         <v>159</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>trek2710</v>
+        <v>jeppekoefoed</v>
       </c>
       <c r="J7">
         <v>-11</v>
       </c>
       <c r="K7">
         <v>47</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
@@ -6622,51 +6622,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jeppe Koefoed</v>
       </c>
       <c r="E8">
         <v>-8</v>
       </c>
       <c r="F8">
         <v>224</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="I8" t="str">
-        <v>trek2710</v>
+        <v>jeppekoefoed</v>
       </c>
       <c r="J8">
         <v>7</v>
       </c>
       <c r="K8">
         <v>65</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>7</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
@@ -8031,51 +8031,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Jeppe Koefoed</v>
       </c>
       <c r="E7">
         <v>-7</v>
       </c>
       <c r="F7">
         <v>283</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>trek2710</v>
+        <v>jeppekoefoed</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <v>59</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
@@ -9797,51 +9797,51 @@
       </c>
       <c r="AC14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA1</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Jeppe Koefoed</v>
       </c>
       <c r="E15">
         <v>-1</v>
       </c>
       <c r="F15">
         <v>320</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
-        <v>trek2710</v>
+        <v>jeppekoefoed</v>
       </c>
       <c r="J15">
         <v>6</v>
       </c>
       <c r="K15">
         <v>37</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>4</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="U15">
         <v>4</v>
       </c>