--- v0 (2026-01-31)
+++ v1 (2026-02-22)
@@ -585,50 +585,53 @@
       </c>
       <c r="D2">
         <v>-9</v>
       </c>
       <c r="E2" t="str">
         <v>Gul</v>
       </c>
       <c r="F2" t="str">
         <v>15</v>
       </c>
       <c r="G2">
         <v>15</v>
       </c>
       <c r="H2" t="str">
         <v>Dennis Rasmussen</v>
       </c>
       <c r="I2">
         <v>6</v>
       </c>
       <c r="J2">
         <v>64</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
+      <c r="L2">
+        <v>321430</v>
+      </c>
       <c r="M2" t="str">
         <v>mandregor</v>
       </c>
       <c r="N2">
         <v>6</v>
       </c>
       <c r="O2">
         <v>64</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>5</v>
       </c>
       <c r="U2">