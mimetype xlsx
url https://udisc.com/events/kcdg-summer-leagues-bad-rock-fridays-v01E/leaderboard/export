--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -2626,51 +2626,51 @@
       </c>
       <c r="AB26">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MP40</v>
       </c>
       <c r="B27" t="str">
         <v>4</v>
       </c>
       <c r="C27">
         <v>4</v>
       </c>
       <c r="D27" t="str">
         <v>Chris Kuhlman</v>
       </c>
       <c r="E27">
         <v>14</v>
       </c>
       <c r="F27">
         <v>68</v>
       </c>
       <c r="H27" t="str">
-        <v>turkeyroc24</v>
+        <v/>
       </c>
       <c r="I27">
         <v>14</v>
       </c>
       <c r="J27">
         <v>68</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>5</v>
       </c>
       <c r="M27">
         <v>4</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
         <v>2</v>
       </c>
       <c r="P27">
         <v>2</v>
       </c>