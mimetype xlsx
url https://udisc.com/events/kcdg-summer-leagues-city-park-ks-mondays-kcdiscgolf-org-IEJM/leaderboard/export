--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -1040,440 +1040,443 @@
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Bobby Smith</v>
+        <v>Manny Ceballos</v>
       </c>
       <c r="E8">
         <v>-5</v>
       </c>
       <c r="F8">
         <v>50</v>
       </c>
+      <c r="G8">
+        <v>316399</v>
+      </c>
       <c r="H8" t="str">
-        <v>deadhead94</v>
+        <v>meceb1218</v>
       </c>
       <c r="I8">
         <v>-5</v>
       </c>
       <c r="J8">
         <v>50</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Christian Ramirez</v>
+        <v>Bobby Smith</v>
       </c>
       <c r="E9">
         <v>-5</v>
       </c>
       <c r="F9">
         <v>50</v>
       </c>
       <c r="H9" t="str">
-        <v>teekoelslinger</v>
+        <v>deadhead94</v>
       </c>
       <c r="I9">
         <v>-5</v>
       </c>
       <c r="J9">
         <v>50</v>
       </c>
       <c r="K9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
-        <v>Dylan Parnell</v>
+        <v>Christian Ramirez</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>50</v>
       </c>
       <c r="H10" t="str">
-        <v>dparne11</v>
+        <v>teekoelslinger</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>50</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
         <v>T7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
-        <v>Jeff Webb</v>
+        <v>Dylan Parnell</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>50</v>
       </c>
       <c r="H11" t="str">
-        <v>jwebb119747</v>
+        <v>dparne11</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>50</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>T7</v>
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12" t="str">
-        <v>Manny Ceballos</v>
+        <v>Jeff Webb</v>
       </c>
       <c r="E12">
         <v>-5</v>
       </c>
       <c r="F12">
         <v>50</v>
       </c>
       <c r="H12" t="str">
-        <v>meceb1218</v>
+        <v>jwebb119747</v>
       </c>
       <c r="I12">
         <v>-5</v>
       </c>
       <c r="J12">
         <v>50</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>2</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>2</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">