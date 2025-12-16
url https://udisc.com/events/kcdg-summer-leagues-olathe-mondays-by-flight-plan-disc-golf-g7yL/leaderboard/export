--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -1143,50 +1143,53 @@
         <v>4</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA2</v>
       </c>
       <c r="B9" t="str">
         <v>T2</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="str">
         <v>Manny Ceballos</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>56</v>
       </c>
+      <c r="G9">
+        <v>316399</v>
+      </c>
       <c r="H9" t="str">
         <v>meceb1218</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9">
         <v>56</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">