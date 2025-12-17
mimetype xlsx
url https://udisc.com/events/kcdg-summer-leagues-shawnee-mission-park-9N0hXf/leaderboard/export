--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -1915,194 +1915,197 @@
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA1</v>
       </c>
       <c r="B18" t="str">
         <v>T11</v>
       </c>
       <c r="C18">
         <v>11</v>
       </c>
       <c r="D18" t="str">
-        <v>Christopher Nguyen</v>
+        <v>Manny Ceballos</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>52</v>
       </c>
+      <c r="G18">
+        <v>316399</v>
+      </c>
       <c r="H18" t="str">
-        <v>cnote51</v>
+        <v>meceb1218</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>52</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA1</v>
       </c>
       <c r="B19" t="str">
         <v>T11</v>
       </c>
       <c r="C19">
         <v>11</v>
       </c>
       <c r="D19" t="str">
-        <v>Manny Ceballos</v>
+        <v>Christopher Nguyen</v>
       </c>
       <c r="E19">
         <v>-2</v>
       </c>
       <c r="F19">
         <v>52</v>
       </c>
       <c r="H19" t="str">
-        <v>meceb1218</v>
+        <v>cnote51</v>
       </c>
       <c r="I19">
         <v>-2</v>
       </c>
       <c r="J19">
         <v>52</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
         <v>4</v>
       </c>
       <c r="X19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA1</v>
       </c>
       <c r="B20" t="str">
         <v>14</v>
       </c>
       <c r="C20">
         <v>14</v>
       </c>
       <c r="D20" t="str">
         <v>Michael Smail</v>
       </c>
       <c r="E20">