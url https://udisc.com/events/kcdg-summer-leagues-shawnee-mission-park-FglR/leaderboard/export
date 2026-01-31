--- v0 (2025-10-18)
+++ v1 (2026-01-31)
@@ -1312,50 +1312,53 @@
         <v>2</v>
       </c>
       <c r="AC10" t="str">
         <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
         <v>Manny Ceballos</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
+      <c r="G11">
+        <v>316399</v>
+      </c>
       <c r="H11" t="str">
         <v>meceb1218</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">