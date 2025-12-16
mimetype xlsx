--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -2498,50 +2498,53 @@
         <v>3</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA1</v>
       </c>
       <c r="B25" t="str">
         <v>T9</v>
       </c>
       <c r="C25">
         <v>9</v>
       </c>
       <c r="D25" t="str">
         <v>Manny Ceballos</v>
       </c>
       <c r="E25">
         <v>5</v>
       </c>
       <c r="F25">
         <v>59</v>
       </c>
+      <c r="G25">
+        <v>316399</v>
+      </c>
       <c r="H25" t="str">
         <v>meceb1218</v>
       </c>
       <c r="I25">
         <v>5</v>
       </c>
       <c r="J25">
         <v>59</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>6</v>
       </c>
       <c r="N25">
         <v>5</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25">