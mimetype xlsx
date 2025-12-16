--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -2237,50 +2237,53 @@
         <v>2</v>
       </c>
       <c r="AC21" t="str">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA1</v>
       </c>
       <c r="B22" t="str">
         <v>T2</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" t="str">
         <v>Manny Ceballos</v>
       </c>
       <c r="E22">
         <v>-5</v>
       </c>
       <c r="F22">
         <v>49</v>
       </c>
+      <c r="G22">
+        <v>316399</v>
+      </c>
       <c r="H22" t="str">
         <v>meceb1218</v>
       </c>
       <c r="I22">
         <v>-5</v>
       </c>
       <c r="J22">
         <v>49</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">