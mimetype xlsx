--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -2812,50 +2812,53 @@
         <v>3</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA1</v>
       </c>
       <c r="B29" t="str">
         <v>T9</v>
       </c>
       <c r="C29">
         <v>9</v>
       </c>
       <c r="D29" t="str">
         <v>Manny Ceballos</v>
       </c>
       <c r="E29">
         <v>3</v>
       </c>
       <c r="F29">
         <v>57</v>
       </c>
+      <c r="G29">
+        <v>316399</v>
+      </c>
       <c r="H29" t="str">
         <v>meceb1218</v>
       </c>
       <c r="I29">
         <v>3</v>
       </c>
       <c r="J29">
         <v>57</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
         <v>2</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">