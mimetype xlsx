--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -1487,50 +1487,53 @@
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA1</v>
       </c>
       <c r="B13" t="str">
         <v>T5</v>
       </c>
       <c r="C13">
         <v>5</v>
       </c>
       <c r="D13" t="str">
         <v>Manny Ceballos</v>
       </c>
       <c r="E13">
         <v>-1</v>
       </c>
       <c r="F13">
         <v>53</v>
       </c>
+      <c r="G13">
+        <v>316399</v>
+      </c>
       <c r="H13" t="str">
         <v>meceb1218</v>
       </c>
       <c r="I13">
         <v>-1</v>
       </c>
       <c r="J13">
         <v>53</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">