--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -1825,50 +1825,53 @@
       </c>
       <c r="C14">
         <v>5</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14" t="str">
         <v>MA40</v>
       </c>
       <c r="F14" t="str">
         <v>T4</v>
       </c>
       <c r="G14">
         <v>4</v>
       </c>
       <c r="H14" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="I14">
         <v>5</v>
       </c>
       <c r="J14">
         <v>68</v>
       </c>
+      <c r="K14">
+        <v>67506</v>
+      </c>
       <c r="L14" t="str">
         <v>edt2024</v>
       </c>
       <c r="M14">
         <v>5</v>
       </c>
       <c r="N14">
         <v>68</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">