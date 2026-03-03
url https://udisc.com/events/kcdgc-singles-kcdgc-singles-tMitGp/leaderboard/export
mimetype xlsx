--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -1308,50 +1308,53 @@
       </c>
       <c r="C9">
         <v>-1</v>
       </c>
       <c r="D9">
         <v>4</v>
       </c>
       <c r="E9" t="str">
         <v>MA40</v>
       </c>
       <c r="F9" t="str">
         <v>3</v>
       </c>
       <c r="G9">
         <v>3</v>
       </c>
       <c r="H9" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="I9">
         <v>-5</v>
       </c>
       <c r="J9">
         <v>58</v>
       </c>
+      <c r="K9">
+        <v>67506</v>
+      </c>
       <c r="L9" t="str">
         <v>edt2024</v>
       </c>
       <c r="M9">
         <v>-5</v>
       </c>
       <c r="N9">
         <v>58</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">