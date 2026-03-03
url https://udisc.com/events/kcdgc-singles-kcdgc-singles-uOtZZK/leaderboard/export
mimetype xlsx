--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -1715,50 +1715,53 @@
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>3</v>
       </c>
       <c r="E13" t="str">
         <v>MA40</v>
       </c>
       <c r="F13" t="str">
         <v>T1</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="I13">
         <v>-2</v>
       </c>
       <c r="J13">
         <v>61</v>
       </c>
+      <c r="K13">
+        <v>67506</v>
+      </c>
       <c r="L13" t="str">
         <v>edt2024</v>
       </c>
       <c r="M13">
         <v>-2</v>
       </c>
       <c r="N13">
         <v>61</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">