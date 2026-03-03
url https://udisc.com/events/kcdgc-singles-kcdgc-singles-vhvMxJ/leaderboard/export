--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -1617,50 +1617,53 @@
       </c>
       <c r="C12">
         <v>4</v>
       </c>
       <c r="D12">
         <v>4</v>
       </c>
       <c r="E12" t="str">
         <v>MA40</v>
       </c>
       <c r="F12" t="str">
         <v>T1</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
+      <c r="K12">
+        <v>67506</v>
+      </c>
       <c r="L12" t="str">
         <v>edt2024</v>
       </c>
       <c r="M12">
         <v>0</v>
       </c>
       <c r="N12">
         <v>63</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">