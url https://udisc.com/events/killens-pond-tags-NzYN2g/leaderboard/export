--- v0 (2025-11-30)
+++ v1 (2025-12-21)
@@ -724,63 +724,63 @@
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>David Valdez</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="I4" t="str">
         <v>dvaldez</v>
       </c>
       <c r="J4">
         <v>2</v>
       </c>
       <c r="K4">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="L4">
         <v>5</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
@@ -788,399 +788,414 @@
         <v>2</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
         <v>4</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>4</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>4</v>
+      </c>
+      <c r="AC4">
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Tommy Lawhorn</v>
       </c>
       <c r="E5">
         <v>3</v>
       </c>
       <c r="F5">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>113255</v>
       </c>
       <c r="I5" t="str">
         <v>tommylawhorn</v>
       </c>
       <c r="J5">
         <v>3</v>
       </c>
       <c r="K5">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
         <v>6</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>6</v>
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
+        <v>3</v>
+      </c>
+      <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Tony Mastrangelo</v>
+        <v>Bob Ward</v>
       </c>
       <c r="E6">
         <v>5</v>
       </c>
       <c r="F6">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
+      <c r="H6">
+        <v>68828</v>
+      </c>
       <c r="I6" t="str">
-        <v>ching7129</v>
+        <v>bobward</v>
       </c>
       <c r="J6">
         <v>5</v>
       </c>
       <c r="K6">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Bob Ward</v>
+        <v>Tony Mastrangelo</v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F7">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
-      <c r="H7">
-[...1 lines deleted...]
-      </c>
       <c r="I7" t="str">
-        <v>bobward</v>
+        <v>ching7129</v>
       </c>
       <c r="J7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K7">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Corey Hayes</v>
       </c>
       <c r="E8">
         <v>6</v>
       </c>
       <c r="F8">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="I8" t="str">
         <v>coreyblaze</v>
       </c>
       <c r="J8">
         <v>6</v>
       </c>
       <c r="K8">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>5</v>
       </c>
       <c r="T8">
         <v>4</v>
       </c>
       <c r="U8">
         <v>6</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>5</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
+        <v>3</v>
+      </c>
+      <c r="AC8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T6</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Jordan Walls</v>
       </c>
       <c r="E9">
         <v>6</v>
       </c>
       <c r="F9">
         <v>66</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
         <v>jordnwalz</v>
       </c>
       <c r="J9">
         <v>6</v>
       </c>
       <c r="K9">
         <v>66</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
@@ -1231,63 +1246,63 @@
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Andrew Beyer</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
         <v>drew01</v>
       </c>
       <c r="J10">
         <v>7</v>
       </c>
       <c r="K10">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
@@ -1295,94 +1310,100 @@
         <v>2</v>
       </c>
       <c r="U10">
         <v>5</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>6</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
+      </c>
+      <c r="AC10">
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Rob S</v>
       </c>
       <c r="E11">
         <v>9</v>
       </c>
       <c r="F11">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
         <v>treeterrorizer</v>
       </c>
       <c r="J11">
         <v>9</v>
       </c>
       <c r="K11">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>6</v>
       </c>
       <c r="O11">
         <v>3</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>5</v>
       </c>
       <c r="V11">
         <v>4</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
@@ -1394,81 +1415,84 @@
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Robert clark</v>
       </c>
       <c r="E12">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F12">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>317594</v>
       </c>
       <c r="I12" t="str">
         <v>craziebob24</v>
       </c>
       <c r="J12">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K12">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>4</v>
+      </c>
+      <c r="P12">
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>5</v>
       </c>
       <c r="S12">
         <v>6</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12">
         <v>5</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>5</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>