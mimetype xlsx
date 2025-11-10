--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC22"/>
+  <dimension ref="A1:AC21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1963,50 +1963,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Robert clark</v>
       </c>
       <c r="E18">
         <v>12</v>
       </c>
       <c r="F18">
         <v>72</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
+      <c r="H18">
+        <v>317594</v>
+      </c>
       <c r="I18" t="str">
         <v>craziebob24</v>
       </c>
       <c r="J18">
         <v>12</v>
       </c>
       <c r="K18">
         <v>72</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
@@ -2285,79 +2288,53 @@
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
         <v>6</v>
       </c>
       <c r="X21">
         <v>5</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>5</v>
       </c>
       <c r="AC21">
         <v>4</v>
       </c>
     </row>
-    <row r="22">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC22"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 