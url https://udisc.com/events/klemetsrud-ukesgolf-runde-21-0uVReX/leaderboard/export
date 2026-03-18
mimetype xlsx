--- v0 (2025-10-04)
+++ v1 (2026-03-18)
@@ -2416,51 +2416,51 @@
       </c>
       <c r="AB23">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA3</v>
       </c>
       <c r="B24" t="str">
         <v>13</v>
       </c>
       <c r="C24">
         <v>13</v>
       </c>
       <c r="D24" t="str">
         <v>Svend Are Melby</v>
       </c>
       <c r="E24">
         <v>18</v>
       </c>
       <c r="F24">
         <v>78</v>
       </c>
       <c r="H24" t="str">
-        <v>zamalga</v>
+        <v>zamzam7</v>
       </c>
       <c r="I24">
         <v>18</v>
       </c>
       <c r="J24">
         <v>78</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>6</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>5</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>