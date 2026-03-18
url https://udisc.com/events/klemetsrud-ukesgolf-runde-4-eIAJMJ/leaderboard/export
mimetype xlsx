--- v0 (2025-10-04)
+++ v1 (2026-03-18)
@@ -3403,200 +3403,203 @@
       </c>
       <c r="Y35">
         <v>3</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
         <v>2</v>
       </c>
       <c r="AB35">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA3</v>
       </c>
       <c r="B36" t="str">
         <v>T13</v>
       </c>
       <c r="C36">
         <v>13</v>
       </c>
       <c r="D36" t="str">
-        <v>Martin Jacobsen Hole</v>
+        <v>Simen Mørstad Johansen</v>
       </c>
       <c r="E36">
         <v>12</v>
       </c>
       <c r="F36">
         <v>72</v>
       </c>
+      <c r="G36">
+        <v>319680</v>
+      </c>
       <c r="H36" t="str">
-        <v>moetinho</v>
+        <v>simenmørstad</v>
       </c>
       <c r="I36">
         <v>12</v>
       </c>
       <c r="J36">
         <v>72</v>
       </c>
       <c r="K36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M36">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>5</v>
       </c>
       <c r="S36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V36">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="W36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y36">
         <v>4</v>
       </c>
       <c r="Z36">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA3</v>
       </c>
       <c r="B37" t="str">
         <v>T13</v>
       </c>
       <c r="C37">
         <v>13</v>
       </c>
       <c r="D37" t="str">
-        <v>Simen Mørstad Johansen</v>
+        <v>Martin Jacobsen Hole</v>
       </c>
       <c r="E37">
         <v>12</v>
       </c>
       <c r="F37">
         <v>72</v>
       </c>
       <c r="H37" t="str">
-        <v>simenmørstad</v>
+        <v>moetinho</v>
       </c>
       <c r="I37">
         <v>12</v>
       </c>
       <c r="J37">
         <v>72</v>
       </c>
       <c r="K37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M37">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
         <v>5</v>
       </c>
       <c r="S37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V37">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y37">
         <v>4</v>
       </c>
       <c r="Z37">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA37">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MA3</v>
       </c>
       <c r="B38" t="str">
         <v>T16</v>
       </c>
       <c r="C38">
         <v>16</v>
       </c>
       <c r="D38" t="str">
         <v>Aasmund</v>
       </c>
       <c r="E38">
         <v>13</v>
       </c>
       <c r="F38">
         <v>73</v>
       </c>
       <c r="H38" t="str">