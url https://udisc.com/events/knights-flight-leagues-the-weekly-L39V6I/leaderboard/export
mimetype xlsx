--- v0 (2025-11-09)
+++ v1 (2025-12-06)
@@ -628,66 +628,66 @@
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Cory Sprous</v>
       </c>
       <c r="E3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F3">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G3">
         <v>108366</v>
       </c>
       <c r="H3" t="str">
         <v>localhand2</v>
       </c>
       <c r="I3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J3">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
@@ -695,50 +695,53 @@
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>4</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>5</v>
       </c>
       <c r="AA3">
         <v>2</v>
+      </c>
+      <c r="AB3">
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Michael Collins</v>
       </c>
       <c r="E4">
         <v>3</v>
       </c>
       <c r="F4">
         <v>59</v>
       </c>
       <c r="G4">
         <v>157197</v>
       </c>
       <c r="H4" t="str">