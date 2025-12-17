--- v0 (2025-10-03)
+++ v1 (2025-12-17)
@@ -676,51 +676,51 @@
       </c>
       <c r="AH2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>DUB</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve">Stephen Butler &amp; Doug Thornberry </v>
       </c>
       <c r="E3">
         <v>-12</v>
       </c>
       <c r="F3">
         <v>60</v>
       </c>
       <c r="H3" t="str">
-        <v>steponhens,doug2199</v>
+        <v>steponhens,dougiehyzers</v>
       </c>
       <c r="I3">
         <v>-12</v>
       </c>
       <c r="J3">
         <v>60</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>